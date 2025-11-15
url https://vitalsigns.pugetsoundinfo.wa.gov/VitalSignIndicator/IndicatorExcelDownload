--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae102f8350ec4def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b0ac4d3ad674e79b0fe8cf9084e2b15.psmdcp" Id="R988bdfeace994ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a31feb2a86449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3eeecb10c4447de8c0114e980e7a4a8.psmdcp" Id="R7b4142dbc74f4c74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Vital Sign Indicators" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Vital Sign Indicator</x:t>
   </x:si>
   <x:si>
     <x:t>Vital Sign</x:t>
   </x:si>
   <x:si>
@@ -429,61 +429,54 @@
   </x:si>
   <x:si>
     <x:t>Carlson, Jennifer</x:t>
   </x:si>
   <x:si>
     <x:t>Indicator To Be Developed</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Washington&amp;nbsp;Department of Ecology, Environmental Assessment Program&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Washington&amp;nbsp;Department of Ecology, Environmental Assessment Program, Modeling and TMDL Unit&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Number of Southern Resident killer whales</x:t>
   </x:si>
   <x:si>
     <x:t>Orcas</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;Southern Resident killer whales are a unique population of orcas that ranges in the Salish Sea and along the West Coast of the U.S. and Canada. They range in three pods known as J, K and L from California to Alaska in pursuit of fish, primarily adult Pacific salmon. In the late-1990s, Southern Resident killer whales experienced a dramatic decline. The combination of a precarious food supply and threats from pollution, vessel traffic, and noise continues to jeopardize their survival. As a result, they are federally listed as endangered.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
-    <x:t>Barre, Lynne</x:t>
-[...5 lines deleted...]
-    <x:t xml:space="preserve">&lt;p&gt;By 2030, increase the Southern Resident killer whale population from 74 individual whales in 2021 to 86 individuals.&lt;/p&gt;
+    <x:t>&lt;p&gt;By 2030, increase the Southern Resident killer whale population from 74 individual whales in 2021 to 86 individuals.&lt;/p&gt;
 &lt;p&gt;By 2050, increase the population to 110 individuals.&lt;/p&gt;
-&lt;p&gt;&lt;a href="https://pspwa.box.com/s/fjl0vl84fbnctk1swvbn6mkovdd2fkot" target="_blank"&gt;Target fact sheet&lt;/a&gt;&lt;/p&gt;
-[...1 lines deleted...]
-</x:t>
+&lt;p&gt;&lt;a href="https://pspwa.box.com/s/fjl0vl84fbnctk1swvbn6mkovdd2fkot" target="_blank" rel="noopener"&gt;Target fact sheet&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://pspwa.box.com/s/eqz47vp81hwcv84najsrxk4t5q74rbk7" target="_blank" rel="noopener"&gt;Memo to Science Panel with rationale&lt;/a&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Center for Whale Research, National Oceanic and Atmospheric Administration</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Center for Whale Research&amp;nbsp;&lt;a href="https://www.whaleresearch.com/orcasurvey"&gt;Orca Survey&lt;/a&gt;&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Annual Census as reported to National Oceanographic and Atmospheric Administration (NOAA) by the&amp;nbsp;&lt;a href="https://www.whaleresearch.com/orca-population"&gt;Center for Whale Research&lt;/a&gt;&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Nature-based recreation</x:t>
   </x:si>
   <x:si>
     <x:t>Outdoor Activity</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;This indicator tracks participation in nature-based recreation in the Puget Sound region during winter, spring, fall and summer seasons. Recreational activities tracked are limited to those within the scope of Puget Sound recovery and include both passive and active recreational activities, such as wildlife-watching, fishing, bicycling, boating, and swimming.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Nature-based work</x:t>
   </x:si>
   <x:si>
@@ -544,54 +537,53 @@
     <x:t>&lt;p&gt;The Psychological Wellbeing Index measures the percent of Puget Sound residents who experience inspiration and stress reduction while in nature. The&amp;nbsp;Index will help us understand whether the natural environment contributes to the psychological dimensions of human wellbeing.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;&lt;a href="https://kellybiedenweg.weebly.com/"&gt;Oregon State University Human Dimensions Lab&lt;/a&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Sense of Place Index</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;The Sense of Place Index measures the percent of residents who express a positive connection, a strong sense of stewardship, and a sense of pride about being from Puget Sound. This indicator will inform us about peoples&amp;rsquo; emotional connection to Puget Sound.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Area of harvestable shellfish beds</x:t>
   </x:si>
   <x:si>
     <x:t>Shellfish Beds</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;This indicator tracks changes in the classification of harvestable shellfish beds in Puget Sound. The Washington State Department of Health classifies 115 shellfish growing areas in Puget Sound to assure that harvested shellfish are safe to consume. The data collected for the classification process represent the conditions that dictate shellfish harvest, and their trends provide information on marine water quality in Puget Sound.&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Berbells, Scott</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">&lt;p&gt;Achieve an annual net gain of at least 500 acres approved for shellfish harvesting, based on a three-year rolling average.&lt;/p&gt;
-[...2 lines deleted...]
-</x:t>
+    <x:t>&lt;p&gt;Achieve an annual net gain of at least 500 acres approved for shellfish harvesting, based on a three-year rolling average.&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://pspwa.box.com/s/vc7bdefcbcuhw2zj3m37qcepqkeg9bop" target="_blank" rel="noopener"&gt;Target fact sheet&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://pspwa.box.com/s/eqz47vp81hwcv84najsrxk4t5q74rbk7" target="_blank" rel="noopener"&gt;Memo to Science Panel with rationale&lt;/a&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Washington State Department of Health, &lt;a href="https://www.doh.wa.gov/CommunityandEnvironment/Shellfish/GrowingAreas"&gt;Shellfish Growing Areas Program&lt;/a&gt;&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Washington State Department of Health, Office of Environmental Health and Safety&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://www.doh.wa.gov/CommunityandEnvironment/Shellfish/GrowingAreas/AnnualReports"&gt;Shellfish Growing Area&amp;nbsp;Annual Reports&lt;/a&gt;&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Engagement in stewardship activities</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Stewardship</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;This indicator is a measure of the extent to which Puget Sound residents engage in environmental stewardship activities that they perceive as meaningful to themselves, their community, and the environment. Because of the importance of intrinsic motivation to sustaining behaviors and overall human wellbeing, it also provides a measure of the degree to which engagement in stewardship activities contributes to wellbeing.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;&lt;a href="https://kellybiedenweg.weebly.com"&gt;Oregon State University's Human Dimensions Lab&lt;/a&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Behavior Index</x:t>
   </x:si>
@@ -635,95 +627,98 @@
   </x:si>
   <x:si>
     <x:t>Oneill, Sandra</x:t>
   </x:si>
   <x:si>
     <x:t>Limited Data</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;By 2030, 95% of the samples gathered across Puget Sound habitats exhibit a declining trend of contaminant levels, or are below thresholds of concern for species or&amp;nbsp;human health.&lt;/p&gt;
 &lt;p&gt;By 2050, 95% of the samples gathered across Puget Sound habitats exhibit contaminant levels below thresholds of concern for species or human health and show no increasing trends.&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://pspwa.box.com/s/ev1n2z4t92b33nvm7rv0z8w9881hpha2" target="_blank"&gt;Target fact sheet&lt;/a&gt;&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;&lt;a href="http://wdfw.wa.gov"&gt;Washington Department of Fish and Wildlife&lt;/a&gt;, &lt;a href="https://wdfw.wa.gov/species-habitats/science/marine-toxics"&gt;Toxics&amp;nbsp;Biological Observation System&lt;/a&gt; (TBiOS)&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;&lt;a href="https://wdfw.wa.gov/"&gt;Washington Department of Fish and Wildlife&lt;/a&gt;, &lt;a href="https://wdfw.wa.gov/species-habitats/science/marine-toxics"&gt;Toxics&amp;nbsp;Biological Observation System&lt;/a&gt; (unpublished data)&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Contaminants in English sole</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">The contaminants in English sole indicator measures chemical concentrations in fish fillets and disease occurrence in fish to assess impacts of contaminants in the benthic (seafloor) habitat. PCBs and PBDEs in fillets indicate contaminant levels people may be exposed to from eating benthic fish. Liver tumors and the presence of a female-specific protein, vitellogenin, in the blood of male fish indicate health impairments due to PAH and EDC exposure, respectively, in the benthic habitat. </x:t>
-[...11 lines deleted...]
-</x:t>
+    <x:t>&lt;p&gt;Contaminant concentrations are measured in English sole fillets and used, along with disease occurrence in the liver and gonads, to assess impacts of contaminants in the benthic (seafloor) habitat. PCBs and PBDEs in fillets indicate contaminant levels people may be exposed to from eating benthic fish. Liver tumors and the presence of a female-specific protein, vitellogenin, in male fish indicate health impairments due to PAH and EDC exposure, respectively, in the benthic habitat.&lt;/p&gt;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Causey, Dwight</x:t>
+  </x:si>
+  <x:si>
+    <x:t>&lt;p&gt;By 2030, 95% of the samples gathered across Puget Sound habitats exhibit a declining trend of contaminant levels, or are below thresholds of concern for species or&amp;nbsp;human health.&lt;/p&gt;
+&lt;p&gt;By 2050, 95% of the samples gathered across Puget Sound habitats exhibit contaminant levels below thresholds of concern for species or human health and show no increasing trends.&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://pspwa.box.com/s/ev1n2z4t92b33nvm7rv0z8w9881hpha2" target="_blank" rel="noopener"&gt;Target fact sheet&lt;/a&gt;&lt;/p&gt;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>&lt;p&gt;&lt;a href="https://wdfw.wa.gov/"&gt;Washington Department of Fish and Wildlife&lt;/a&gt;, &lt;a href="https://wdfw.wa.gov/species-habitats/science/marine-toxics"&gt;Toxics Biological Observation System&lt;/a&gt;&lt;/p&gt;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>&lt;p class="MsoNormal"&gt;&lt;span style="mso-bidi-font-family: Calibri; mso-bidi-theme-font: minor-latin;"&gt;PCB and PBDE contaminant levels and time trends calculated from &lt;a href="https://doi.org/10.1007/s00244-017-0383-z"&gt;West et al. 2017&lt;/a&gt; and from Causey et al. &lt;em&gt;in prep&lt;/em&gt;.&lt;/span&gt;&lt;/p&gt;
+&lt;p class="MsoNormal"&gt;&lt;span style="mso-bidi-font-family: Calibri; mso-bidi-theme-font: minor-latin;"&gt;PAH-induced liver disease and EDC-induced vitellogenin odds ratios calculated from Washington Department of Fish and Wildlife, Toxics Biological Observation System unpublished data.&lt;/span&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Contaminants in juvenile salmon</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The contaminants in juvenile salmon indicator reports the levels of two toxic contaminants, PCBs and PBDEs, in the whole bodies of juvenile Chinook salmon migrating seaward to Puget Sound and the Pacific Ocean. Levels of PCBs and PBDEs in juvenile Chinook salmon are a measure of inputs of known contaminants of concern to freshwater, estuarine and nearshore marine habitats (river systems), potentially harmful to salmon and other species in these habitats, likely reducing their survival. </x:t>
   </x:si>
   <x:si>
     <x:t>Carey, Andrea</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;&lt;a href="http://wdfw.wa.gov"&gt;Washington State Department of Fish and Wildlife&lt;/a&gt;,&amp;nbsp;&lt;a href="https://wdfw.wa.gov/species-habitats/science/marine-toxics"&gt;Toxics&amp;nbsp;Biological Observation System&lt;/a&gt; (TBiOS)&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;&lt;a href="https://wdfw.wa.gov/"&gt;Washington State Department of Fish and Wildlife&lt;/a&gt;,&amp;nbsp;&lt;a href="https://wdfw.wa.gov/species-habitats/science/marine-toxics"&gt;Toxics&amp;nbsp;Biological Observation System&lt;/a&gt;&amp;nbsp;(unpublished data)&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Contaminants in Pacific herring</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">The contaminants in Pacific herring indicator currently tracks the concentration of PCBs and PBDEs in the whole bodies of herring. The levels of these persistent organic pollutants (POPs) in herring signal not only harmful concentrations in this species, but also the extent of contamination in the pelagic food web. POPs threaten the health of herring and other forage fish, the health of the fish, wildlife and humans who consume them, and the overall productivity of the pelagic habitat. </x:t>
-[...8 lines deleted...]
-</x:t>
+    <x:t>&lt;p&gt;The contaminants in Pacific herring indicator tracks the concentration of PCBs and PBDEs in herring whole bodies. The levels of these persistent organic pollutants (POPs) in herring signal harmful concentrations in this species, but also the extent of contamination in the pelagic food web. POPs threaten the health of herring and other forage fish, the health of the fish, wildlife and humans who consume them, and the overall productivity of the pelagic habitat.&lt;/p&gt;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winnacott, Natasha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>&lt;p&gt;&lt;a href="https://wdfw.wa.gov/"&gt;Washington State Department of Fish and Wildlife&lt;/a&gt;,&amp;nbsp;&lt;a href="https://wdfw.wa.gov/species-habitats/science/marine-toxics"&gt;Toxics&amp;nbsp;Biological Observation System&lt;/a&gt;&lt;/p&gt;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>&lt;p class="MsoNormal"&gt;&lt;a href="https://wdfw.wa.gov/"&gt;&lt;strong&gt;&lt;span style="font-size: 11.0pt; line-height: 107%; mso-bidi-font-family: Calibri; mso-bidi-theme-font: minor-latin;"&gt;Washington State Department of Fish and Wildlife&lt;/span&gt;&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;&lt;span style="font-size: 11.0pt; line-height: 107%; mso-bidi-font-family: Calibri; mso-bidi-theme-font: minor-latin;"&gt;,&amp;nbsp;&lt;/span&gt;&lt;/strong&gt;&lt;a href="https://wdfw.wa.gov/species-habitats/science/marine-toxics"&gt;&lt;strong&gt;&lt;span style="font-size: 11.0pt; line-height: 107%; mso-bidi-font-family: Calibri; mso-bidi-theme-font: minor-latin;"&gt;Toxics&amp;nbsp;Biological Observation System&lt;/span&gt;&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;&lt;span style="font-size: 11.0pt; line-height: 107%; mso-bidi-font-family: Calibri; mso-bidi-theme-font: minor-latin;"&gt;&amp;nbsp;(unpublished data); &lt;/span&gt;&lt;/strong&gt;&lt;a style="mso-comment-reference: NW_1; mso-comment-date: 20250218T1237;"&gt;&lt;span style="font-size: 11.0pt; line-height: 107%; mso-bidi-font-family: Calibri; mso-bidi-theme-font: minor-latin;"&gt;Winnacott, N. H. F., L. B. Harding, K. Hayes, and S. M. O&amp;rsquo;Neill. 2025. Contaminants in Pacific Herring, 2020 Status and Trends Report, Washington Department of Fish and Wildlife, Olympia, Washington.&lt;/span&gt;&lt;/a&gt;&lt;span style="mso-comment-author: 'Winnacott\, Natasha \(DFW\)'; mso-comment-providerid: AD; mso-comment-userid: 'S::Natasha\.Winnacott\@dfw\.wa\.gov::5d270871-d15b-43f8-ba65-df8c98c745c4';"&gt;&lt;!-- [if !supportAnnotations]--&gt;&lt;/span&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Dungeness crab catch for personal use</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;This indicator tracks the annual estimate of Dungeness crabbing for personal use by summarizing catch record card (CRC) data. Personal use is defined here to include harvest for recreation, food security, cultural and family heritage, as well as other personal and emotional experiences. The indicator does not include tribal harvest. Harvest patterns are shown by the number of people participating and the total pounds of Dungeness crab caught per year in the non-tribal, noncommercial fishery. This data is not corrected for estimated unrecorded catch (EUC).&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Velasquez, Donald</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Washington Department of Fish and Wildlife recreational shellfish program&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;&lt;a href="https://wdfw.wa.gov/licenses/fishing/catch-record-card/dungeness"&gt;Washington Department of Fish and Wildlife Puget Sound Dungeness Crab Catch Record Card&lt;/a&gt;&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Index of Vulnerability for Elevated Nitrates in Groundwater</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;This indicator estimates the likelihood of elevated nitrate concentrations in groundwater throughout Puget Sound. Elevated nitrate concentrations are typically caused by human activities and can impact drinking water and human health. The modeled results represent all areas in the Puget Sound region, including tribal and rural communities with limited data, to identify areas that are vulnerable to groundwater contamination.&lt;/p&gt;
 </x:t>
   </x:si>
@@ -930,57 +925,72 @@
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Washington State Department of Fish and Wildlife&amp;nbsp;&lt;a href="https://wdfw.wa.gov/species-habitats/habitat-recovery/nearshore/conservation/programs/esrp" target="_blank"&gt;Estuary and Salmon Restoration Program&lt;/a&gt;&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;&lt;a href="https://salishsearestoration.org/wiki/Puget_Sound_Large_River_Delta_Tidal_Restriction_and_Wetland_Mapping" target="_blank"&gt;Cramer Fish Sciences Puget Sound Tidal Restrictions and Wetland Mapping&lt;/a&gt; (PRISM Project #18-2250) and &lt;a href="https://geodataservices.wdfw.wa.gov/hp/tidal-restrictions/" target="_blank"&gt;Spatial Database&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;Washington State Recreation and Conservation Office&amp;rsquo;s Project Information System (PRISM)&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Extent of forest cover in the upper, middle, and lower areas of watersheds</x:t>
   </x:si>
   <x:si>
     <x:t>Forests and Wetlands</x:t>
   </x:si>
   <x:si>
     <x:t>This indicator measures the extent of forest cover (vegetation approximately 8 feet or taller) within the upper, middle, and lower watershed areas.</x:t>
   </x:si>
   <x:si>
     <x:t>Abundance and biomass of groundfish</x:t>
   </x:si>
   <x:si>
     <x:t>Groundfish and Benthic Invertebrates</x:t>
   </x:si>
   <x:si>
-    <x:t>This indicator measures the abundance and biomass of marine fish that live on or near the seafloor. The indicator is reported as (1) yearly abundance and biomass of ratfish; (2) yearly abundance and biomass of round fish; and (3) yearly abundance and biomass of flat fish.</x:t>
+    <x:t>&lt;p class="MsoNormal" style="margin: 12.0pt 0in 12.0pt 0in;"&gt;&lt;span style="mso-bidi-font-size: 12.0pt; line-height: 107%; mso-ascii-font-family: Calibri; mso-fareast-font-family: Calibri; mso-hansi-font-family: Calibri; mso-bidi-font-family: Calibri; color: black; mso-themecolor: text1;"&gt;This Vital Sign indicator tracks biomass trends for &lt;strong&gt;English Sole&lt;/strong&gt; &lt;/span&gt;&lt;strong&gt;&lt;span style="mso-bidi-font-size: 12.0pt; line-height: 107%; mso-ascii-font-family: Calibri; mso-fareast-font-family: Calibri; mso-hansi-font-family: Calibri; mso-bidi-font-family: Calibri;"&gt;(&lt;em&gt;Parophrys vetulus&lt;/em&gt;) &lt;/span&gt;&lt;/strong&gt;&lt;span style="mso-bidi-font-size: 12.0pt; line-height: 107%; mso-ascii-font-family: Calibri; mso-fareast-font-family: Calibri; mso-hansi-font-family: Calibri; mso-bidi-font-family: Calibri; color: black; mso-themecolor: text1;"&gt;and &lt;strong&gt;Pacific Cod&lt;/strong&gt; &lt;/span&gt;&lt;strong&gt;&lt;span style="mso-bidi-font-size: 12.0pt; line-height: 107%; mso-ascii-font-family: Calibri; mso-fareast-font-family: Calibri; mso-hansi-font-family: Calibri; mso-bidi-font-family: Calibri;"&gt;(&lt;em&gt;Gadus macrocephalus&lt;/em&gt;) &lt;/span&gt;&lt;/strong&gt;&lt;span style="mso-bidi-font-size: 12.0pt; line-height: 107%; mso-ascii-font-family: Calibri; mso-fareast-font-family: Calibri; mso-hansi-font-family: Calibri; mso-bidi-font-family: Calibri; color: black; mso-themecolor: text1;"&gt;in Puget Sound. Their population patterns reflect changes in habitat quality, predator-prey relationships, and environmental conditions, providing a window into the overall health of the Sound&amp;rsquo;s groundfish community.&lt;/span&gt;&lt;/p&gt;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meyer, Kathryn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>&lt;p class="MsoNormal"&gt;&lt;span style="mso-bidi-font-family: Calibri; mso-bidi-theme-font: minor-latin;"&gt;Several species of groundfish, including the selected indicator species of &lt;/span&gt;English Sole and Pacific Cod, are monitored with the WDFW Puget Sound bottom trawl survey. Currently run biennially in even years from late April to early June, the survey targets fish and invertebrates living on or near the bottom in softer-sediment habitats throughout Puget Sound.&amp;nbsp;&lt;/p&gt;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>&lt;p class="MsoNormal"&gt;WDFW Puget Sound Bottom Trawl Survey dataset. Please submit a data request to Jennifer Blaine at WDFW (&lt;a href="mailto:Jennifer.blaine@dfw.wa.gov"&gt;Jennifer.blaine@dfw.wa.gov&lt;/a&gt;) to obtain any survey data of interest.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Abundance and biomass of benthic marine invertebrates</x:t>
   </x:si>
   <x:si>
-    <x:t>This indicator measures the abundance and biomass of invertebrates that live on or near the seafloor reported as (1) yearly abundance and biomass of crab; (2) yearly abundance and biomass of shrimp; and (3) yearly abundance and biomass of other invertebrates (urchin, sea stars, sea cucumbers, octopus, and others).</x:t>
+    <x:t>&lt;p class="MsoNormal" style="margin: 12.0pt 0in 12.0pt 0in;"&gt;&lt;span style="mso-bidi-font-size: 12.0pt; line-height: 107%; mso-ascii-font-family: Calibri; mso-fareast-font-family: Calibri; mso-hansi-font-family: Calibri; mso-bidi-font-family: Calibri; color: black; mso-themecolor: text1;"&gt;This Vital Sign indicator tracks biomass trends for &lt;strong&gt;Spot Prawn&lt;/strong&gt; &lt;/span&gt;&lt;strong&gt;&lt;span style="mso-bidi-font-size: 12.0pt; line-height: 107%; mso-ascii-font-family: Calibri; mso-fareast-font-family: Calibri; mso-hansi-font-family: Calibri; mso-bidi-font-family: Calibri;"&gt;(&lt;em&gt;Pandalus platyceros&lt;/em&gt;) &lt;/span&gt;&lt;/strong&gt;&lt;span style="mso-bidi-font-size: 12.0pt; line-height: 107%; mso-ascii-font-family: Calibri; mso-fareast-font-family: Calibri; mso-hansi-font-family: Calibri; mso-bidi-font-family: Calibri;"&gt;and&lt;strong&gt; female &lt;span style="color: black; mso-themecolor: text1;"&gt;Dungeness Crab&lt;/span&gt;&lt;/strong&gt;&lt;span style="color: black; mso-themecolor: text1;"&gt; &lt;/span&gt;&lt;strong&gt;(&lt;em&gt;Metacarcinus magister&lt;/em&gt;) &lt;/strong&gt;&lt;span style="color: black; mso-themecolor: text1;"&gt;in Puget Sound. These species are ecologically and economically important; their population patterns reflect changes in habitat quality, predator-prey relationships, and environmental conditions, providing a window into the overall health of the Sound&amp;rsquo;s demersal invertebrate community.&lt;span style="mso-spacerun: yes;"&gt;&amp;nbsp; &lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>&lt;p class="MsoNormal"&gt;&lt;span style="mso-bidi-font-family: Calibri; mso-bidi-theme-font: minor-latin;"&gt;Several species of benthic invertebrates, including the selected indicator species of &lt;/span&gt;Spot Prawn and Dungeness Crab, are monitored with the WDFW Puget Sound bottom trawl survey. Currently run biennially in even years from late April to early June, the survey targets fish and invertebrates living on or near the bottom in softer-sediment habitats throughout Puget Sound.&lt;/p&gt;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>&lt;p class="MsoNormal"&gt;WDFW Puget Sound Bottom Trawl Survey dataset. Please submit a data request to Jennifer Blaine at WDFW (&lt;a href="mailto:Jennifer.Blaine@dfw.wa.gov"&gt;Jennifer.Blaine@dfw.wa.gov&lt;/a&gt;) to obtain any survey data of interest.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Occupancy/residency of orcas in Puget Sound</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">This indicator measures the number of days orcas are in Puget Sound and the balance of occupancy between Southern Resident killer whales and transient orcas. </x:t>
   </x:si>
   <x:si>
     <x:t>Number of natural-origin summer chum salmon on spawning grounds</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p class="MsoNormal" style="margin-bottom: 6.0pt; line-height: normal;"&gt;This indicator evaluates the abundance and trend of the 2 Hood Canal summer-run chum salmon populations by measuring the number of natural-origin adult fish on the spawning grounds. Abundance estimates here do not include hatchery-origin fish or fish taken in harvest or by predators like orcas. The indicator is intended to reflect the goal of achieving wild population recovery of Hood Canal summer chum, which are federally listed as threatened.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;Summer chum salmon spawner abundance data are collected annually by WDFW and tribal co-manager staff as part of baseline monitoring and data collection efforts.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;&lt;a href="https://data.wa.gov/Natural-Resources-Environment/WDFW-Salmonid-Stock-Inventory-Population-Escapemen/fgyz-n3uk"&gt;Washington Department of Fish and Wildlife (WDFW), Salmon Population Indicators (SPi) abundance data &lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://www.webapps.nwfsc.noaa.gov/assets/11/8623_03072016_124156_Ford-NWSalmonBioStatusReviewUpdate-Dec%2021-2015%20v2.pdf"&gt;Northwest Fisheries Science Center. 2015. Status review update for Pacific salmon and steelhead listed under the Endangered Species Act: Pacific Northwest.&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://repository.library.noaa.gov/view/noaa/34363"&gt;Northwest Fisheries Science Center. 2022. Biological Viability Assessment Update for Pacific Salmon and Steelhead Listed Under the Endangered Species Act: Pacific Northwest.&lt;/a&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Number of natural-origin Puget Sound steelhead on spawning grounds</x:t>
   </x:si>
   <x:si>
@@ -2196,641 +2206,641 @@
       </x:c>
       <x:c r="J18" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="K18" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L18" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I19" s="2" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="K19" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="J19" s="0" t="s">
+      <x:c r="L19" s="2" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L20" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L21" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D22" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I22" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="K22" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L22" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I23" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I24" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L24" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I25" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="L25" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I26" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L26" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D27" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I27" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K27" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L27" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I28" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L28" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I29" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K29" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L29" s="2" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I30" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K31" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L31" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I32" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="K32" s="2" t="s">
+      <x:c r="K32" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="L32" s="2" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E33" s="0" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I33" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K33" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="L33" s="2" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E34" s="0" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I34" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="K34" s="2" t="s">
+      <x:c r="K34" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="L34" s="2" t="s">
+      <x:c r="L34" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -3273,731 +3283,749 @@
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I48" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="I49" s="2" t="s">
-        <x:v>20</x:v>
+      <x:c r="I49" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K49" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="L49" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="I50" s="2" t="s">
-        <x:v>20</x:v>
+      <x:c r="I50" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J50" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K50" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="L50" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I51" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I52" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L52" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I53" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="L53" s="2" t="s">
-        <x:v>268</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I54" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K54" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="L54" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I56" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I57" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I58" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D59" s="2" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I59" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D62" s="2" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D63" s="2" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D64" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D65" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D66" s="2" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D67" s="2" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D68" s="2" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I69" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I70" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Vital Sign Indicators</vt:lpstr>
       <vt:lpstr>Vital Sign Indicators!Print_Area</vt:lpstr>
       <vt:lpstr>Vital Sign Indicators!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>