--- v1 (2025-11-15)
+++ v2 (2025-12-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a31feb2a86449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3eeecb10c4447de8c0114e980e7a4a8.psmdcp" Id="R7b4142dbc74f4c74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42faf74f173d41aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8da8e537d854603a6799a494b899839.psmdcp" Id="Re2ad8f5cf32d4e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Vital Sign Indicators" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Vital Sign Indicator</x:t>
   </x:si>
   <x:si>
     <x:t>Vital Sign</x:t>
   </x:si>
   <x:si>