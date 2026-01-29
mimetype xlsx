--- v2 (2025-12-24)
+++ v3 (2026-01-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42faf74f173d41aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8da8e537d854603a6799a494b899839.psmdcp" Id="Re2ad8f5cf32d4e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf123e6d4dc944c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc5235712d12454996591caa09ec542b.psmdcp" Id="Rcbc6a20c4473441a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Vital Sign Indicators" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Vital Sign Indicator</x:t>
   </x:si>
   <x:si>
     <x:t>Vital Sign</x:t>
   </x:si>
   <x:si>