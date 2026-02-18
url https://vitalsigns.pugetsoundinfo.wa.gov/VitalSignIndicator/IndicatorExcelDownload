--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf123e6d4dc944c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc5235712d12454996591caa09ec542b.psmdcp" Id="Rcbc6a20c4473441a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ac1f31e7d848df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2206062e89844467832652499d036d6f.psmdcp" Id="R1967bedb81594402" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Vital Sign Indicators" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Vital Sign Indicator</x:t>
   </x:si>
   <x:si>
     <x:t>Vital Sign</x:t>
   </x:si>
   <x:si>
@@ -374,52 +374,51 @@
   </x:si>
   <x:si>
     <x:t>Locally harvestable foods</x:t>
   </x:si>
   <x:si>
     <x:t>Local Foods</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;The locally harvestable foods indicator is intended to track the frequency of collecting different Puget Sound wild foods for traditional, subsistence, and recreational use. These include: fish, shellfish, mushrooms/plants, and animal meat.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;Oregon State University Human Dimensions Lab&lt;/p&gt;
 &lt;p&gt;&lt;a href="http://kellybiedenweg.weebly.com/uploads/9/4/0/6/94065145/2024_vital_signs_report_final_july_14_25.pdf" target="_blank" rel="noopener"&gt;Human Wellbeing Vital Signs Survey 2024 Summary Report&lt;/a&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Bivalve harvest for personal use</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;This indicator tracks noncommercial bivalve harvest through an estimate of the number of people harvesting clams or oysters for personal use each year at a portion of public beaches in Puget Sound. Personal use is defined here to include harvest for recreation, food security, cultural and family heritage, as well as other personal and emotional experiences. The ability to harvest shellfish depends on the health of the resource, water quality, and access to publicly owned shellfish beds.&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Speck, Camille</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">&lt;p&gt;Washington Department of Fish and Wildlife Marine Bivalve Program&lt;/p&gt;
-</x:t>
+    <x:t>&lt;p&gt;WFDW Puget Sound Shellfish Management Group, Intertidal Unit&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Washington Department of Fish and Wildlife&amp;nbsp;estimated clam and oyster harvester-days from aerial surveys&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Sediment Chemistry Index</x:t>
   </x:si>
   <x:si>
     <x:t>Marine Water</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;The Sediment Chemistry Index (SCI) combines data on the concentrations of selected chemicals for which state Sediment Quality Standards Chemical Criteria have been set into an overall index of chemical exposure. Sediment quality is a key indicator of a healthy ecosystem, and high-quality sediments support a diverse and important biological community.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Weakland, Sandra</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;&lt;a href="https://ecology.wa.gov/Water-Shorelines/Puget-Sound/Sound-science/Marine-sediments" target="_blank" rel="noopener"&gt;Department of Ecology&amp;rsquo;s Puget Sound Sediment Monitoring Program&lt;/a&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;&lt;a href="https://apps.ecology.wa.gov/eim/search/MonitoringProgramDefault.aspx?StudyMonitoringProgramUserId=MarineSediment&amp;amp;StudyMonitoringProgramUserIdSearchType=Equals" target="_blank" rel="noopener"&gt;Department of Ecology&amp;rsquo;s Environmental Information Management (EIM) System: Marine Sediments&lt;/a&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Dissolved oxygen in marine water</x:t>
@@ -2109,51 +2108,51 @@
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D16" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I16" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="K16" s="2" t="s">
+      <x:c r="K16" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L16" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>17</x:v>
       </x:c>