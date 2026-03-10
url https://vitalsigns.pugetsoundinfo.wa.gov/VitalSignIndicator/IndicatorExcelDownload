--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ac1f31e7d848df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2206062e89844467832652499d036d6f.psmdcp" Id="R1967bedb81594402" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba59fb8932444796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f02da72aad59462ab81b3a7f2f93580e.psmdcp" Id="R6765f91cbdc04aeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Vital Sign Indicators" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Vital Sign Indicator</x:t>
   </x:si>
   <x:si>
     <x:t>Vital Sign</x:t>
   </x:si>
   <x:si>
@@ -470,54 +470,56 @@
     <x:t>Nature-based recreation</x:t>
   </x:si>
   <x:si>
     <x:t>Outdoor Activity</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;This indicator tracks participation in nature-based recreation in the Puget Sound region during winter, spring, fall and summer seasons. Recreational activities tracked are limited to those within the scope of Puget Sound recovery and include both passive and active recreational activities, such as wildlife-watching, fishing, bicycling, boating, and swimming.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Nature-based work</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;This indicator tracks stated participation in occupations based in natural environments in the Puget Sound, such as commercial or charter fishing, farming, forestry, habitat restoration, or outdoor-recreation jobs.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Condition of swimming beaches</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;The &amp;quot;condition of swimming beaches&amp;quot; indicator reflects marine water quality conditions in areas heavily used for recreation. This indicator tracks the percent of swimming beaches that pass swimming standards with no more than one exceedance event of the swimming standard during the summer. Swimming beaches not meeting water quality standards indicate increased risk of people getting sick through gastrointestinal illnesses, respiratory illnesses, and skin infections.&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Gibbs, Heather</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">&lt;p&gt;Beginning in 2022, 95% of core beaches meet safe swimming standards annually.&lt;/p&gt;
-[...2 lines deleted...]
-</x:t>
+    <x:t>Near Or At Target</x:t>
+  </x:si>
+  <x:si>
+    <x:t>&lt;p&gt;Beginning in 2022, 95% of core beaches meet safe swimming standards annually.&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://pspwa.box.com/s/p0gd4j2prxkx98b7kj5on11m7eh068hd" target="_blank" rel="noopener"&gt;Target fact sheet&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://pspwa.box.com/s/eqz47vp81hwcv84najsrxk4t5q74rbk7" target="_blank" rel="noopener"&gt;Memo to Science Panel with rationale&lt;/a&gt;&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Washington State Department of Ecology &lt;a href="https://ecology.wa.gov/Water-Shorelines/Water-quality/Saltwater/BEACH-program"&gt;BEACH Program&lt;/a&gt;&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;p&gt;Washington State Department of Ecology &lt;a href="https://ecology.wa.gov/Water-Shorelines/Water-quality/Saltwater/BEACH-program"&gt;BEACH Program&lt;/a&gt; and &lt;a href="https://ecology.wa.gov/Research-Data/Monitoring-assessment/BEACH-annual-report"&gt;BEACH&amp;nbsp;Annual Report&lt;/a&gt;&lt;/p&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Biomass of spawning Pacific Herring</x:t>
   </x:si>
   <x:si>
     <x:t>Forage Fish</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;The biomass of spawning Pacific Herring indicator is the estimated annual tonnage (four-year average) of herring that have reproduced&amp;nbsp;in Puget Sound. Estimates are based on surveys of the density and extent of eggs deposited by herring on marine vegetation. Herring, along with a few other small schooling fish species, play a unique role in the food web: they are an essential source of food for larger fish, seabirds, and marine mammals.&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Dionne, Phillip</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;p&gt;Washington State Department of Fish and Wildlife, Marine Fish Unit (Forage Fish)&lt;/p&gt;</x:t>
   </x:si>
   <x:si>
@@ -1503,51 +1505,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L71"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="67.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="27.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="110.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="47.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="24.567768" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="12.853482" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="16.282054" style="0" customWidth="1"/>
     <x:col min="9" max="12" width="110.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
@@ -2325,1706 +2327,1706 @@
       </x:c>
       <x:c r="L21" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D22" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I22" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="K22" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L22" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I23" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I24" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L24" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I25" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="L25" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I26" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L26" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D27" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I27" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K27" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L27" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I28" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L28" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I29" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K29" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L29" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I30" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K31" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="L31" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I32" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L32" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I33" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K33" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L33" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I34" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L34" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I35" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K35" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L35" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D36" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I36" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="K36" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="L36" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I37" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I38" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I39" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I40" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I41" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I42" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I43" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I44" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="L44" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D45" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L45" s="2" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I46" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D47" s="2" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K47" s="2" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L47" s="2" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I48" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L50" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I51" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I52" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L52" s="2" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I53" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="L53" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I54" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K54" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L54" s="2" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I56" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I57" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I58" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D59" s="2" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I59" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D62" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D63" s="2" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D64" s="2" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D65" s="2" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D66" s="2" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D67" s="2" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D68" s="2" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I69" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I70" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Vital Sign Indicators</vt:lpstr>
       <vt:lpstr>Vital Sign Indicators!Print_Area</vt:lpstr>
       <vt:lpstr>Vital Sign Indicators!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>